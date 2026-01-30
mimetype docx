--- v0 (2025-11-30)
+++ v1 (2026-01-30)
@@ -19822,51 +19822,51 @@
     <w:altName w:val="Calibri"/>
     <w:charset w:val="0"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000007" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_bd0b2461-9bbd-4523-b7f8-2f419f13a232"/>
+      <w:tblStyle w:val="TableGrid_69fd1925-a293-4c0e-9124-d131abeeba2c"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4635"/>
       <w:gridCol w:w="4635"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -19877,51 +19877,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4635"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">30.11.2025 17:48:00 </w:t>
+            <w:t xml:space="preserve">30.01.2026 10:33:31 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4635"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
@@ -19949,51 +19949,51 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_3209f15a-18c9-4977-9ceb-6d21c3643ade"/>
+      <w:tblStyle w:val="TableGrid_84e5d4d5-23f1-45af-a367-7184f1f7ba25"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6244"/>
       <w:gridCol w:w="2240"/>
       <w:gridCol w:w="822"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
@@ -20051,51 +20051,51 @@
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="822"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_85d54805-5bc5-4f61-96bb-32d081a607a1"/>
+            <w:pStyle w:val="Normal_b0ac130d-9f3c-4769-bde5-1027701e154a"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1108744550" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
@@ -20108,59 +20108,59 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_85d54805-5bc5-4f61-96bb-32d081a607a1"/>
+      <w:pStyle w:val="Normal_b0ac130d-9f3c-4769-bde5-1027701e154a"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_0ae2ed7d-9713-418f-b569-0cc7b062b8a3"/>
+      <w:tblStyle w:val="TableGrid_b104ca90-e594-46a4-8e9d-f374381f88b5"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6026"/>
       <w:gridCol w:w="3244"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -20171,51 +20171,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6026"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_aea463a8-774d-4119-a68e-e8df60dd3823"/>
+            <w:tblStyle w:val="TableGrid_3ecf59c0-02e9-43e9-8cda-b5dcf827ed26"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -20316,72 +20316,72 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">07.02.2024 (Magne Ness)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_85d54805-5bc5-4f61-96bb-32d081a607a1"/>
+            <w:pStyle w:val="Normal_b0ac130d-9f3c-4769-bde5-1027701e154a"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3244"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_a0c42dc8-726c-4e50-a98c-8dd3adda50c7"/>
+            <w:tblStyle w:val="TableGrid_1f4dfe61-7a3a-4876-9f12-1236649b9f65"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1360"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -20482,62 +20482,62 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1360"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Kristian Turkalj</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_85d54805-5bc5-4f61-96bb-32d081a607a1"/>
+            <w:pStyle w:val="Normal_b0ac130d-9f3c-4769-bde5-1027701e154a"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_85d54805-5bc5-4f61-96bb-32d081a607a1"/>
+      <w:pStyle w:val="Normal_b0ac130d-9f3c-4769-bde5-1027701e154a"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="02F93E1C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="3"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="-"/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Oslo Sans" w:hAnsi="Oslo Sans" w:eastAsia="Arial" w:cstheme="minorBidi" w:hint="default"/>
       </w:rPr>
     </w:lvl>
@@ -25875,629 +25875,629 @@
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="ListeavsnittTegn" w:customStyle="1">
     <w:name w:val="Listeavsnitt Tegn"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:link w:val="ListParagraph"/>
     <w:uiPriority w:val="34"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revisjon" w:customStyle="1">
     <w:name w:val="Revision"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_85d54805-5bc5-4f61-96bb-32d081a607a1" w:customStyle="1">
-    <w:name w:val="Normal_85d54805-5bc5-4f61-96bb-32d081a607a1"/>
+  <w:style w:type="paragraph" w:styleId="Normal_b0ac130d-9f3c-4769-bde5-1027701e154a" w:customStyle="1">
+    <w:name w:val="Normal_b0ac130d-9f3c-4769-bde5-1027701e154a"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
-    <w:basedOn w:val="Normal_85d54805-5bc5-4f61-96bb-32d081a607a1"/>
+    <w:basedOn w:val="Normal_b0ac130d-9f3c-4769-bde5-1027701e154a"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_8ccccaf6-9646-4697-94e1-bfea513b02ce" w:customStyle="1">
-    <w:name w:val="Normal Table_8ccccaf6-9646-4697-94e1-bfea513b02ce"/>
+  <w:style w:type="table" w:styleId="NormalTable_2f5a3f75-dfc0-4b83-aeb0-0bdc8cda77cb" w:customStyle="1">
+    <w:name w:val="Normal Table_2f5a3f75-dfc0-4b83-aeb0-0bdc8cda77cb"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_8f7e9efe-5547-4c53-abbc-7b1bd696297c" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_8ccccaf6-9646-4697-94e1-bfea513b02ce"/>
+  <w:style w:type="table" w:styleId="TableGrid_b11f2b97-5d0b-4470-b237-78471a7f11d1" w:customStyle="1">
+    <w:name w:val="Table Grid_b11f2b97-5d0b-4470-b237-78471a7f11d1"/>
+    <w:basedOn w:val="NormalTable_2f5a3f75-dfc0-4b83-aeb0-0bdc8cda77cb"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
-    <w:basedOn w:val="Normal_85d54805-5bc5-4f61-96bb-32d081a607a1"/>
+    <w:basedOn w:val="Normal_b0ac130d-9f3c-4769-bde5-1027701e154a"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
-    <w:basedOn w:val="Normal_85d54805-5bc5-4f61-96bb-32d081a607a1"/>
+    <w:basedOn w:val="Normal_b0ac130d-9f3c-4769-bde5-1027701e154a"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_41fe9f17-b086-4fe6-b70c-f1e72cad6acf" w:customStyle="1">
-    <w:name w:val="Normal Table_41fe9f17-b086-4fe6-b70c-f1e72cad6acf"/>
+  <w:style w:type="table" w:styleId="NormalTable_1f14c592-750d-42d9-8e02-4f25224cac63" w:customStyle="1">
+    <w:name w:val="Normal Table_1f14c592-750d-42d9-8e02-4f25224cac63"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_9fec3ab4-c364-42bb-af32-aa9c173898e7" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_41fe9f17-b086-4fe6-b70c-f1e72cad6acf"/>
+  <w:style w:type="table" w:styleId="TableGrid_304a6320-388d-490d-aee7-c93dc139fcef" w:customStyle="1">
+    <w:name w:val="Table Grid_304a6320-388d-490d-aee7-c93dc139fcef"/>
+    <w:basedOn w:val="NormalTable_1f14c592-750d-42d9-8e02-4f25224cac63"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_a3fa7f0d-78c8-464a-b9c5-f1dd4045bafa" w:customStyle="1">
-    <w:name w:val="Normal Table_a3fa7f0d-78c8-464a-b9c5-f1dd4045bafa"/>
+  <w:style w:type="table" w:styleId="NormalTable_ce48b677-8912-4a1d-a133-e87b827dfd32" w:customStyle="1">
+    <w:name w:val="Normal Table_ce48b677-8912-4a1d-a133-e87b827dfd32"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_0766d47a-f3fe-4ff9-b951-820715127807" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_a3fa7f0d-78c8-464a-b9c5-f1dd4045bafa"/>
+  <w:style w:type="table" w:styleId="TableGrid_3576ad3a-e392-4363-b8fa-90ccde7fed99" w:customStyle="1">
+    <w:name w:val="Table Grid_3576ad3a-e392-4363-b8fa-90ccde7fed99"/>
+    <w:basedOn w:val="NormalTable_ce48b677-8912-4a1d-a133-e87b827dfd32"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_aee6abf0-602f-4efa-a077-1f3985829636" w:customStyle="1">
-    <w:name w:val="Normal Table_aee6abf0-602f-4efa-a077-1f3985829636"/>
+  <w:style w:type="table" w:styleId="NormalTable_0c977a41-6fa1-414b-a017-384515404139" w:customStyle="1">
+    <w:name w:val="Normal Table_0c977a41-6fa1-414b-a017-384515404139"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_3d98e737-e2b7-4807-b357-53af0254e29a" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_aee6abf0-602f-4efa-a077-1f3985829636"/>
+  <w:style w:type="table" w:styleId="TableGrid_e90c22f0-9c37-4555-b363-1ab91c4c0c39" w:customStyle="1">
+    <w:name w:val="Table Grid_e90c22f0-9c37-4555-b363-1ab91c4c0c39"/>
+    <w:basedOn w:val="NormalTable_0c977a41-6fa1-414b-a017-384515404139"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_7a532899-2a76-4d15-9b32-25da86ea8ec2" w:customStyle="1">
-    <w:name w:val="Normal Table_7a532899-2a76-4d15-9b32-25da86ea8ec2"/>
+  <w:style w:type="table" w:styleId="NormalTable_9194c23b-9d5b-4707-bba7-b4c0fdbdea08" w:customStyle="1">
+    <w:name w:val="Normal Table_9194c23b-9d5b-4707-bba7-b4c0fdbdea08"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_2b26a2cf-5e28-4895-856b-edf004f1b1bc" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_7a532899-2a76-4d15-9b32-25da86ea8ec2"/>
+  <w:style w:type="table" w:styleId="TableGrid_b4da6ef5-ba71-41ff-b47f-9408fbef25d9" w:customStyle="1">
+    <w:name w:val="Table Grid_b4da6ef5-ba71-41ff-b47f-9408fbef25d9"/>
+    <w:basedOn w:val="NormalTable_9194c23b-9d5b-4707-bba7-b4c0fdbdea08"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_81f121fb-704e-4ce2-9127-afe2540630ce" w:customStyle="1">
-    <w:name w:val="Normal Table_81f121fb-704e-4ce2-9127-afe2540630ce"/>
+  <w:style w:type="table" w:styleId="NormalTable_052e124a-9b14-4bf0-b6df-e705878a75f7" w:customStyle="1">
+    <w:name w:val="Normal Table_052e124a-9b14-4bf0-b6df-e705878a75f7"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_bd0b2461-9bbd-4523-b7f8-2f419f13a232" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_81f121fb-704e-4ce2-9127-afe2540630ce"/>
+  <w:style w:type="table" w:styleId="TableGrid_69fd1925-a293-4c0e-9124-d131abeeba2c" w:customStyle="1">
+    <w:name w:val="Table Grid_69fd1925-a293-4c0e-9124-d131abeeba2c"/>
+    <w:basedOn w:val="NormalTable_052e124a-9b14-4bf0-b6df-e705878a75f7"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_36774118-7472-4641-bbf1-36c0fa168f94" w:customStyle="1">
-    <w:name w:val="Normal Table_36774118-7472-4641-bbf1-36c0fa168f94"/>
+  <w:style w:type="table" w:styleId="NormalTable_23a37bd3-5bb2-4c35-8367-4cb63f6de490" w:customStyle="1">
+    <w:name w:val="Normal Table_23a37bd3-5bb2-4c35-8367-4cb63f6de490"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_3209f15a-18c9-4977-9ceb-6d21c3643ade" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_36774118-7472-4641-bbf1-36c0fa168f94"/>
+  <w:style w:type="table" w:styleId="TableGrid_84e5d4d5-23f1-45af-a367-7184f1f7ba25" w:customStyle="1">
+    <w:name w:val="Table Grid_84e5d4d5-23f1-45af-a367-7184f1f7ba25"/>
+    <w:basedOn w:val="NormalTable_23a37bd3-5bb2-4c35-8367-4cb63f6de490"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_4cbf0338-4483-49f7-97e6-2261246b70ea" w:customStyle="1">
-    <w:name w:val="Normal Table_4cbf0338-4483-49f7-97e6-2261246b70ea"/>
+  <w:style w:type="table" w:styleId="NormalTable_1ee2165c-3e65-49ca-a9ce-3ba9ed59e759" w:customStyle="1">
+    <w:name w:val="Normal Table_1ee2165c-3e65-49ca-a9ce-3ba9ed59e759"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_aea463a8-774d-4119-a68e-e8df60dd3823" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_4cbf0338-4483-49f7-97e6-2261246b70ea"/>
+  <w:style w:type="table" w:styleId="TableGrid_3ecf59c0-02e9-43e9-8cda-b5dcf827ed26" w:customStyle="1">
+    <w:name w:val="Table Grid_3ecf59c0-02e9-43e9-8cda-b5dcf827ed26"/>
+    <w:basedOn w:val="NormalTable_1ee2165c-3e65-49ca-a9ce-3ba9ed59e759"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_7635a983-c9b4-4fc5-82b0-98134f367c25" w:customStyle="1">
-    <w:name w:val="Normal Table_7635a983-c9b4-4fc5-82b0-98134f367c25"/>
+  <w:style w:type="table" w:styleId="NormalTable_466ea4f6-3b6c-49a0-94df-c198931e7b94" w:customStyle="1">
+    <w:name w:val="Normal Table_466ea4f6-3b6c-49a0-94df-c198931e7b94"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_a0c42dc8-726c-4e50-a98c-8dd3adda50c7" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_7635a983-c9b4-4fc5-82b0-98134f367c25"/>
+  <w:style w:type="table" w:styleId="TableGrid_1f4dfe61-7a3a-4876-9f12-1236649b9f65" w:customStyle="1">
+    <w:name w:val="Table Grid_1f4dfe61-7a3a-4876-9f12-1236649b9f65"/>
+    <w:basedOn w:val="NormalTable_466ea4f6-3b6c-49a0-94df-c198931e7b94"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_25e38d8e-47fe-438f-82fe-f57fe2e71b6b" w:customStyle="1">
-    <w:name w:val="Normal Table_25e38d8e-47fe-438f-82fe-f57fe2e71b6b"/>
+  <w:style w:type="table" w:styleId="NormalTable_e87ab0bc-7f21-49df-851a-8f604108ff1f" w:customStyle="1">
+    <w:name w:val="Normal Table_e87ab0bc-7f21-49df-851a-8f604108ff1f"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_0ae2ed7d-9713-418f-b569-0cc7b062b8a3" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_25e38d8e-47fe-438f-82fe-f57fe2e71b6b"/>
+  <w:style w:type="table" w:styleId="TableGrid_b104ca90-e594-46a4-8e9d-f374381f88b5" w:customStyle="1">
+    <w:name w:val="Table Grid_b104ca90-e594-46a4-8e9d-f374381f88b5"/>
+    <w:basedOn w:val="NormalTable_e87ab0bc-7f21-49df-851a-8f604108ff1f"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>