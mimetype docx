--- v1 (2026-01-30)
+++ v2 (2026-03-29)
@@ -19822,51 +19822,51 @@
     <w:altName w:val="Calibri"/>
     <w:charset w:val="0"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000007" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_69fd1925-a293-4c0e-9124-d131abeeba2c"/>
+      <w:tblStyle w:val="TableGrid_3d5c5c95-87cc-45d4-9229-f54d58880c14"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4635"/>
       <w:gridCol w:w="4635"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -19877,51 +19877,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4635"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">30.01.2026 10:33:31 </w:t>
+            <w:t xml:space="preserve">29.03.2026 23:43:51 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4635"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
@@ -19949,51 +19949,51 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_84e5d4d5-23f1-45af-a367-7184f1f7ba25"/>
+      <w:tblStyle w:val="TableGrid_74483c34-ee30-4421-92ef-15971462c064"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6244"/>
       <w:gridCol w:w="2240"/>
       <w:gridCol w:w="822"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
@@ -20051,51 +20051,51 @@
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="822"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_b0ac130d-9f3c-4769-bde5-1027701e154a"/>
+            <w:pStyle w:val="Normal_257458f6-2f76-4e37-b6db-ca8c24ce0844"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1108744550" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
@@ -20108,59 +20108,59 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_b0ac130d-9f3c-4769-bde5-1027701e154a"/>
+      <w:pStyle w:val="Normal_257458f6-2f76-4e37-b6db-ca8c24ce0844"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_b104ca90-e594-46a4-8e9d-f374381f88b5"/>
+      <w:tblStyle w:val="TableGrid_f6549a78-e81d-4a67-b3aa-f064f235795e"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6026"/>
       <w:gridCol w:w="3244"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -20171,51 +20171,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6026"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_3ecf59c0-02e9-43e9-8cda-b5dcf827ed26"/>
+            <w:tblStyle w:val="TableGrid_9ae9af1f-d415-413b-ab0c-e730e93b9e32"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -20316,72 +20316,72 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">07.02.2024 (Magne Ness)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_b0ac130d-9f3c-4769-bde5-1027701e154a"/>
+            <w:pStyle w:val="Normal_257458f6-2f76-4e37-b6db-ca8c24ce0844"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3244"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_1f4dfe61-7a3a-4876-9f12-1236649b9f65"/>
+            <w:tblStyle w:val="TableGrid_950ac22b-7c07-4b0e-9dba-f9be0dfb1ec4"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1360"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -20482,62 +20482,62 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1360"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Kristian Turkalj</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_b0ac130d-9f3c-4769-bde5-1027701e154a"/>
+            <w:pStyle w:val="Normal_257458f6-2f76-4e37-b6db-ca8c24ce0844"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_b0ac130d-9f3c-4769-bde5-1027701e154a"/>
+      <w:pStyle w:val="Normal_257458f6-2f76-4e37-b6db-ca8c24ce0844"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="02F93E1C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="3"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="-"/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Oslo Sans" w:hAnsi="Oslo Sans" w:eastAsia="Arial" w:cstheme="minorBidi" w:hint="default"/>
       </w:rPr>
     </w:lvl>
@@ -25875,629 +25875,629 @@
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="ListeavsnittTegn" w:customStyle="1">
     <w:name w:val="Listeavsnitt Tegn"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:link w:val="ListParagraph"/>
     <w:uiPriority w:val="34"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revisjon" w:customStyle="1">
     <w:name w:val="Revision"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_b0ac130d-9f3c-4769-bde5-1027701e154a" w:customStyle="1">
-    <w:name w:val="Normal_b0ac130d-9f3c-4769-bde5-1027701e154a"/>
+  <w:style w:type="paragraph" w:styleId="Normal_257458f6-2f76-4e37-b6db-ca8c24ce0844" w:customStyle="1">
+    <w:name w:val="Normal_257458f6-2f76-4e37-b6db-ca8c24ce0844"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
-    <w:basedOn w:val="Normal_b0ac130d-9f3c-4769-bde5-1027701e154a"/>
+    <w:basedOn w:val="Normal_257458f6-2f76-4e37-b6db-ca8c24ce0844"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_2f5a3f75-dfc0-4b83-aeb0-0bdc8cda77cb" w:customStyle="1">
-    <w:name w:val="Normal Table_2f5a3f75-dfc0-4b83-aeb0-0bdc8cda77cb"/>
+  <w:style w:type="table" w:styleId="NormalTable_6d5b8d48-2e9c-4793-9b6a-4ffc74f9b97a" w:customStyle="1">
+    <w:name w:val="Normal Table_6d5b8d48-2e9c-4793-9b6a-4ffc74f9b97a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_b11f2b97-5d0b-4470-b237-78471a7f11d1" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_2f5a3f75-dfc0-4b83-aeb0-0bdc8cda77cb"/>
+  <w:style w:type="table" w:styleId="TableGrid_ec09c847-e4df-4bfd-ae69-1a16dd4fdee1" w:customStyle="1">
+    <w:name w:val="Table Grid_ec09c847-e4df-4bfd-ae69-1a16dd4fdee1"/>
+    <w:basedOn w:val="NormalTable_6d5b8d48-2e9c-4793-9b6a-4ffc74f9b97a"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
-    <w:basedOn w:val="Normal_b0ac130d-9f3c-4769-bde5-1027701e154a"/>
+    <w:basedOn w:val="Normal_257458f6-2f76-4e37-b6db-ca8c24ce0844"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
-    <w:basedOn w:val="Normal_b0ac130d-9f3c-4769-bde5-1027701e154a"/>
+    <w:basedOn w:val="Normal_257458f6-2f76-4e37-b6db-ca8c24ce0844"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_1f14c592-750d-42d9-8e02-4f25224cac63" w:customStyle="1">
-    <w:name w:val="Normal Table_1f14c592-750d-42d9-8e02-4f25224cac63"/>
+  <w:style w:type="table" w:styleId="NormalTable_c2504473-b4e4-426d-96d5-984a9a99c6d7" w:customStyle="1">
+    <w:name w:val="Normal Table_c2504473-b4e4-426d-96d5-984a9a99c6d7"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_304a6320-388d-490d-aee7-c93dc139fcef" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_1f14c592-750d-42d9-8e02-4f25224cac63"/>
+  <w:style w:type="table" w:styleId="TableGrid_42fbcbbb-6622-42a1-bfd9-bf0443830b13" w:customStyle="1">
+    <w:name w:val="Table Grid_42fbcbbb-6622-42a1-bfd9-bf0443830b13"/>
+    <w:basedOn w:val="NormalTable_c2504473-b4e4-426d-96d5-984a9a99c6d7"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_ce48b677-8912-4a1d-a133-e87b827dfd32" w:customStyle="1">
-    <w:name w:val="Normal Table_ce48b677-8912-4a1d-a133-e87b827dfd32"/>
+  <w:style w:type="table" w:styleId="NormalTable_4c1a8c64-24b2-48a9-9dd0-08be0db57c4b" w:customStyle="1">
+    <w:name w:val="Normal Table_4c1a8c64-24b2-48a9-9dd0-08be0db57c4b"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_3576ad3a-e392-4363-b8fa-90ccde7fed99" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_ce48b677-8912-4a1d-a133-e87b827dfd32"/>
+  <w:style w:type="table" w:styleId="TableGrid_4e352483-5448-4ade-aeff-2842b440df13" w:customStyle="1">
+    <w:name w:val="Table Grid_4e352483-5448-4ade-aeff-2842b440df13"/>
+    <w:basedOn w:val="NormalTable_4c1a8c64-24b2-48a9-9dd0-08be0db57c4b"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_0c977a41-6fa1-414b-a017-384515404139" w:customStyle="1">
-    <w:name w:val="Normal Table_0c977a41-6fa1-414b-a017-384515404139"/>
+  <w:style w:type="table" w:styleId="NormalTable_0d928a4c-7283-4cfa-9b31-450410a23518" w:customStyle="1">
+    <w:name w:val="Normal Table_0d928a4c-7283-4cfa-9b31-450410a23518"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_e90c22f0-9c37-4555-b363-1ab91c4c0c39" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_0c977a41-6fa1-414b-a017-384515404139"/>
+  <w:style w:type="table" w:styleId="TableGrid_c32380af-4ca4-4be1-89fc-7748bbbafca5" w:customStyle="1">
+    <w:name w:val="Table Grid_c32380af-4ca4-4be1-89fc-7748bbbafca5"/>
+    <w:basedOn w:val="NormalTable_0d928a4c-7283-4cfa-9b31-450410a23518"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_9194c23b-9d5b-4707-bba7-b4c0fdbdea08" w:customStyle="1">
-    <w:name w:val="Normal Table_9194c23b-9d5b-4707-bba7-b4c0fdbdea08"/>
+  <w:style w:type="table" w:styleId="NormalTable_4ca25a56-36db-4ba9-8e31-0cd54ce18ed0" w:customStyle="1">
+    <w:name w:val="Normal Table_4ca25a56-36db-4ba9-8e31-0cd54ce18ed0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_b4da6ef5-ba71-41ff-b47f-9408fbef25d9" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_9194c23b-9d5b-4707-bba7-b4c0fdbdea08"/>
+  <w:style w:type="table" w:styleId="TableGrid_04fbe5d5-0ea8-4e91-b608-90a14854dc64" w:customStyle="1">
+    <w:name w:val="Table Grid_04fbe5d5-0ea8-4e91-b608-90a14854dc64"/>
+    <w:basedOn w:val="NormalTable_4ca25a56-36db-4ba9-8e31-0cd54ce18ed0"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_052e124a-9b14-4bf0-b6df-e705878a75f7" w:customStyle="1">
-    <w:name w:val="Normal Table_052e124a-9b14-4bf0-b6df-e705878a75f7"/>
+  <w:style w:type="table" w:styleId="NormalTable_2c35825a-8470-4cae-b915-da986c90ae5e" w:customStyle="1">
+    <w:name w:val="Normal Table_2c35825a-8470-4cae-b915-da986c90ae5e"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_69fd1925-a293-4c0e-9124-d131abeeba2c" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_052e124a-9b14-4bf0-b6df-e705878a75f7"/>
+  <w:style w:type="table" w:styleId="TableGrid_3d5c5c95-87cc-45d4-9229-f54d58880c14" w:customStyle="1">
+    <w:name w:val="Table Grid_3d5c5c95-87cc-45d4-9229-f54d58880c14"/>
+    <w:basedOn w:val="NormalTable_2c35825a-8470-4cae-b915-da986c90ae5e"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_23a37bd3-5bb2-4c35-8367-4cb63f6de490" w:customStyle="1">
-    <w:name w:val="Normal Table_23a37bd3-5bb2-4c35-8367-4cb63f6de490"/>
+  <w:style w:type="table" w:styleId="NormalTable_877505c0-3745-4ecf-8a4b-dacd7f848772" w:customStyle="1">
+    <w:name w:val="Normal Table_877505c0-3745-4ecf-8a4b-dacd7f848772"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_84e5d4d5-23f1-45af-a367-7184f1f7ba25" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_23a37bd3-5bb2-4c35-8367-4cb63f6de490"/>
+  <w:style w:type="table" w:styleId="TableGrid_74483c34-ee30-4421-92ef-15971462c064" w:customStyle="1">
+    <w:name w:val="Table Grid_74483c34-ee30-4421-92ef-15971462c064"/>
+    <w:basedOn w:val="NormalTable_877505c0-3745-4ecf-8a4b-dacd7f848772"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_1ee2165c-3e65-49ca-a9ce-3ba9ed59e759" w:customStyle="1">
-    <w:name w:val="Normal Table_1ee2165c-3e65-49ca-a9ce-3ba9ed59e759"/>
+  <w:style w:type="table" w:styleId="NormalTable_1e6d5fed-05cd-41fd-bf02-4591c50680db" w:customStyle="1">
+    <w:name w:val="Normal Table_1e6d5fed-05cd-41fd-bf02-4591c50680db"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_3ecf59c0-02e9-43e9-8cda-b5dcf827ed26" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_1ee2165c-3e65-49ca-a9ce-3ba9ed59e759"/>
+  <w:style w:type="table" w:styleId="TableGrid_9ae9af1f-d415-413b-ab0c-e730e93b9e32" w:customStyle="1">
+    <w:name w:val="Table Grid_9ae9af1f-d415-413b-ab0c-e730e93b9e32"/>
+    <w:basedOn w:val="NormalTable_1e6d5fed-05cd-41fd-bf02-4591c50680db"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_466ea4f6-3b6c-49a0-94df-c198931e7b94" w:customStyle="1">
-    <w:name w:val="Normal Table_466ea4f6-3b6c-49a0-94df-c198931e7b94"/>
+  <w:style w:type="table" w:styleId="NormalTable_f2cd8ca7-d99e-472b-bb81-758f70d089a3" w:customStyle="1">
+    <w:name w:val="Normal Table_f2cd8ca7-d99e-472b-bb81-758f70d089a3"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_1f4dfe61-7a3a-4876-9f12-1236649b9f65" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_466ea4f6-3b6c-49a0-94df-c198931e7b94"/>
+  <w:style w:type="table" w:styleId="TableGrid_950ac22b-7c07-4b0e-9dba-f9be0dfb1ec4" w:customStyle="1">
+    <w:name w:val="Table Grid_950ac22b-7c07-4b0e-9dba-f9be0dfb1ec4"/>
+    <w:basedOn w:val="NormalTable_f2cd8ca7-d99e-472b-bb81-758f70d089a3"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_e87ab0bc-7f21-49df-851a-8f604108ff1f" w:customStyle="1">
-    <w:name w:val="Normal Table_e87ab0bc-7f21-49df-851a-8f604108ff1f"/>
+  <w:style w:type="table" w:styleId="NormalTable_83f2452d-1e81-4365-9903-bf3ed7fe9ddb" w:customStyle="1">
+    <w:name w:val="Normal Table_83f2452d-1e81-4365-9903-bf3ed7fe9ddb"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_b104ca90-e594-46a4-8e9d-f374381f88b5" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_e87ab0bc-7f21-49df-851a-8f604108ff1f"/>
+  <w:style w:type="table" w:styleId="TableGrid_f6549a78-e81d-4a67-b3aa-f064f235795e" w:customStyle="1">
+    <w:name w:val="Table Grid_f6549a78-e81d-4a67-b3aa-f064f235795e"/>
+    <w:basedOn w:val="NormalTable_83f2452d-1e81-4365-9903-bf3ed7fe9ddb"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>